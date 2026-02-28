--- v0 (2025-11-06)
+++ v1 (2026-02-28)
@@ -1,641 +1,637 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8904645-62B0-42B7-87D3-AA90AF9EB37D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="Calc"/>
+  <workbookPr backupFile="false" showObjects="all" date1904="false"/>
+  <workbookProtection/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Plan1" sheetId="1" r:id="rId1"/>
+    <sheet name="Plan1" sheetId="1" state="visible" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...9 lines deleted...]
-    </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="83">
-[...160 lines deleted...]
-    <t>Licença Interesse Particular</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="95">
+  <si>
+    <t xml:space="preserve">Relação dos Contratos de Pessoal Temporário Vigentes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Data Base: 09/01/26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nome</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unidade de Lotação</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Início do Contrato</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vigência do Contrato*</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prazo Máximo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Titulação</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regime de Trabalho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denominação</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Docente Substituído</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Motivo da Substituição</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gabriel de Sousa Romão</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IFE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRADUADO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Professor Substituto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anna Karla Silva do Nascimento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Afastamento para Capacitação</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCSA: Centro de Ciências Sociais Aplicadas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCAB: Centro de Ciências Agrárias e da Biodiversidade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCT: Centro de Ciências e Tecnologia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Davi Moreira Lopes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IISCA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20H</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aglaíze da Silva Damasceno Levy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cargo de Pró-reitor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Antonio Joelmir Pinho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCSA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MESTRE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Victória Régia Arrais de Paiva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cedida ao Estado</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Magda Vieira Trajano Alves</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ana Kelly da Silva Fernandes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João André da Silva Alcântara</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricardo Rigaud Salmito</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Afastamento para Doutorado</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wagner Oliveira de Medeiros</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fabiana Aparecida Lazzarin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Clara Martins Galdino</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEACE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Técnico Temporário</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Não se aplica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Manoel Bastos Gomes Neto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rebeca da Rocha Grangeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Licença Interesse Particular</t>
   </si>
   <si>
     <t xml:space="preserve">José Venícius Venâncio dos Santos </t>
   </si>
   <si>
-    <t>Francineide Amorim Costa Santos</t>
-[...80 lines deleted...]
-    <t>Patrícia Andrade de Macedo Melo</t>
+    <t xml:space="preserve">Francineide Amorim Costa Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cargo de Direção de Unidade</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Breno Parente Bezerra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ledjane Lima Sobrinho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mayara Wanessa Alves dos Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thiago Bessa Pontes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diego Barbosa de Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Camila do Espírito Santo Prado de Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Tereza Escariolano Santos</t>
+  </si>
+  <si>
+    <t xml:space="preserve">João Batista Alves de Oliveira Filho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">André Luiz Teles Aguiar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Andreína Severo Figueiredo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cícero Dário Grangeiro Patricio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Romário Felinto Rafael</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Denny Parente de Sá Barreto Maia Leite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CCAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Claudener Souza Teixeira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geovanna da Silva Holanda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rodrigo Lacerda Carvalho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Afast. p/ Pós Doutorado</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José Rafael Pereira Botelho</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ESPECIALISTA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Milton Jarbas Rodrigues Chagas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lorena Carla Dantas de Amorim Landim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAMED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Patrícia Andrade de Macedo Melo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Acompanhar Cônjuge</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lincoln Damacena Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erika Teodosio do Nascimento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Helaine Nogueira Holanda Veras</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emille Sampaio Cordeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cessão</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frank Junio Mendonça</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Halana Adelino Brandao</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Weider Loureto Alves</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mateus Ferreira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nomeção para Cargo de Pró-reitor</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José Armando Ferreira Oliveira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geovani de Oliveira Tavares</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arthur Pereira de Sales </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wescley de Freitas Barbosa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zulmira Alves Correia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Isaque Brito Roque</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FAMED: Faculdade de Medicina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IFE: Instituto de Formação de Educadores</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IISCA: Instituto Interdisciplinar de Sociedade Cultura e Artes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SEACE: Secretaria de Acessibilidade</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...1 lines deleted...]
-    <numFmt numFmtId="164" formatCode="dd/mm/yy"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="General"/>
+    <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="7">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <b val="true"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
-    <border>
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-      </bottom>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  <cellStyleXfs count="20">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
-  <cellXfs count="14">
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
+  <cellXfs count="13">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Comma" xfId="15" builtinId="3"/>
+    <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
+    <cellStyle name="Currency" xfId="17" builtinId="4"/>
+    <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
+    <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
-  <dxfs count="0"/>
-[...76 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office 2013 - 2022">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Tema do Office 2013 - 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="44546a"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="e7e6e6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4472c4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="ed7d31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a5a5a5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="ffc000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="5b9bd5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="70ad47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0563c1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="954f72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
-          <a:tileRect/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
-          <a:tileRect/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
@@ -651,1065 +647,1198 @@
           </a:schemeClr>
         </a:solidFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
-          <a:tileRect/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AMI1048576"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:J1048576"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J31" sqref="J31"/>
+    <sheetView showFormulas="false" showGridLines="false" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="F39" activeCellId="0" sqref="F39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.25" customHeight="true" zeroHeight="true" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.44140625" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="1024" max="1024" width="11.5546875" customWidth="1"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="36.44"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="0" width="15.66"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="1" width="12.11"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="1" width="11.89"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="1" width="12.11"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="1" width="13.44"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="1" width="9.56"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="0" width="24"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="0" width="36.77"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="0" width="24"/>
+    <col collapsed="false" customWidth="false" hidden="true" outlineLevel="0" max="1023" min="12" style="0" width="9.11"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1024" min="1024" style="0" width="11.56"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.35">
-      <c r="A1" s="13" t="s">
+    <row r="1" customFormat="false" ht="17.35" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13"/>
-[...10 lines deleted...]
-      <c r="A2" s="13" t="s">
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+    </row>
+    <row r="2" customFormat="false" ht="17.35" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+    </row>
+    <row r="3" s="5" customFormat="true" ht="63" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" customFormat="false" ht="23.85" hidden="true" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A4" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="7" t="n">
+        <v>44593</v>
+      </c>
+      <c r="D4" s="7" t="n">
+        <v>45047</v>
+      </c>
+      <c r="E4" s="7" t="n">
+        <v>45323</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" customFormat="false" ht="14.25" hidden="true" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A5" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="8"/>
+      <c r="C5" s="9"/>
+      <c r="D5" s="9"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="8"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="8"/>
+    </row>
+    <row r="6" customFormat="false" ht="14.25" hidden="true" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A6" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="8"/>
+      <c r="C6" s="9"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="9"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+    </row>
+    <row r="7" customFormat="false" ht="14.25" hidden="true" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A7" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="8"/>
+      <c r="C7" s="9"/>
+      <c r="D7" s="9"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="9"/>
+      <c r="H7" s="8"/>
+      <c r="I7" s="8"/>
+      <c r="J7" s="8"/>
+    </row>
+    <row r="8" customFormat="false" ht="14.25" hidden="true" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A8" s="10"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+    </row>
+    <row r="9" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A9" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="7" t="n">
+        <v>45314</v>
+      </c>
+      <c r="D9" s="7" t="n">
+        <v>46044</v>
+      </c>
+      <c r="E9" s="7" t="n">
+        <v>46045</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A10" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="7" t="n">
+        <v>45505</v>
+      </c>
+      <c r="D10" s="7" t="n">
+        <v>46232</v>
+      </c>
+      <c r="E10" s="7" t="n">
+        <v>46235</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A11" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="7" t="n">
+        <v>45513</v>
+      </c>
+      <c r="D11" s="7" t="n">
+        <v>46131</v>
+      </c>
+      <c r="E11" s="7" t="n">
+        <v>46243</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A12" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="7" t="n">
+        <v>45590</v>
+      </c>
+      <c r="D12" s="7" t="n">
+        <v>46052</v>
+      </c>
+      <c r="E12" s="7" t="n">
+        <v>46320</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A13" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="7" t="n">
+        <v>45607</v>
+      </c>
+      <c r="D13" s="7" t="n">
+        <v>46337</v>
+      </c>
+      <c r="E13" s="7" t="n">
+        <v>46337</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A14" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="7" t="n">
+        <v>45628</v>
+      </c>
+      <c r="D14" s="7" t="n">
+        <v>46357</v>
+      </c>
+      <c r="E14" s="7" t="n">
+        <v>46358</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="15" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A15" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="7" t="n">
+        <v>45680</v>
+      </c>
+      <c r="D15" s="7" t="n">
+        <v>46268</v>
+      </c>
+      <c r="E15" s="7" t="n">
+        <v>46410</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A16" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="7" t="n">
+        <v>45689</v>
+      </c>
+      <c r="D16" s="7" t="n">
+        <v>46053</v>
+      </c>
+      <c r="E16" s="7" t="n">
+        <v>46419</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="17" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A17" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="7" t="n">
+        <v>45689</v>
+      </c>
+      <c r="D17" s="7" t="n">
+        <v>46417</v>
+      </c>
+      <c r="E17" s="7" t="n">
+        <v>46419</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A18" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="7" t="n">
+        <v>45689</v>
+      </c>
+      <c r="D18" s="7" t="n">
+        <v>46034</v>
+      </c>
+      <c r="E18" s="7" t="n">
+        <v>46419</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="19" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A19" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="7" t="n">
+        <v>45701</v>
+      </c>
+      <c r="D19" s="7" t="n">
+        <v>46398</v>
+      </c>
+      <c r="E19" s="7" t="n">
+        <v>46431</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="20" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A20" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="7" t="n">
+        <v>45737</v>
+      </c>
+      <c r="D20" s="7" t="n">
+        <v>46234</v>
+      </c>
+      <c r="E20" s="7" t="n">
+        <v>46467</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" customFormat="false" ht="14.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A21" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C21" s="7" t="n">
+        <v>45723</v>
+      </c>
+      <c r="D21" s="7" t="n">
+        <v>46087</v>
+      </c>
+      <c r="E21" s="7" t="n">
+        <v>46453</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A22" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="7" t="n">
+        <v>45736</v>
+      </c>
+      <c r="D22" s="7" t="n">
+        <v>46100</v>
+      </c>
+      <c r="E22" s="7" t="n">
+        <v>46466</v>
+      </c>
+      <c r="F22" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I22" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="J22" s="8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A23" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" s="7" t="n">
+        <v>45842</v>
+      </c>
+      <c r="D23" s="7" t="n">
+        <v>46111</v>
+      </c>
+      <c r="E23" s="7" t="n">
+        <v>46572</v>
+      </c>
+      <c r="F23" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="J23" s="8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A24" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="7" t="n">
+        <v>45862</v>
+      </c>
+      <c r="D24" s="7" t="n">
+        <v>46226</v>
+      </c>
+      <c r="E24" s="7" t="n">
+        <v>46592</v>
+      </c>
+      <c r="F24" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G24" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="J24" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A25" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" s="7" t="n">
+        <v>45862</v>
+      </c>
+      <c r="D25" s="7" t="n">
+        <v>46112</v>
+      </c>
+      <c r="E25" s="7" t="n">
+        <v>46592</v>
+      </c>
+      <c r="F25" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="J25" s="8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="26" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A26" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="7" t="n">
+        <v>45863</v>
+      </c>
+      <c r="D26" s="7" t="n">
+        <v>46227</v>
+      </c>
+      <c r="E26" s="7" t="n">
+        <v>46593</v>
+      </c>
+      <c r="F26" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G26" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I26" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="J26" s="8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="27" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A27" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="B2" s="13"/>
-[...60 lines deleted...]
-      <c r="G4" s="5" t="s">
+      <c r="C27" s="7" t="n">
+        <v>45863</v>
+      </c>
+      <c r="D27" s="7" t="n">
+        <v>46227</v>
+      </c>
+      <c r="E27" s="7" t="n">
+        <v>46593</v>
+      </c>
+      <c r="F27" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="J27" s="8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="28" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A28" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C28" s="7" t="n">
+        <v>45962</v>
+      </c>
+      <c r="D28" s="7" t="n">
+        <v>46356</v>
+      </c>
+      <c r="E28" s="7" t="n">
+        <v>46692</v>
+      </c>
+      <c r="F28" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="H4" s="5" t="s">
-[...10 lines deleted...]
-      <c r="A5" s="7" t="s">
+      <c r="G28" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="J28" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="7"/>
-[...10 lines deleted...]
-      <c r="A6" s="7" t="s">
+    </row>
+    <row r="29" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A29" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" s="7" t="n">
+        <v>45962</v>
+      </c>
+      <c r="D29" s="7" t="n">
+        <v>46326</v>
+      </c>
+      <c r="E29" s="7" t="n">
+        <v>46692</v>
+      </c>
+      <c r="F29" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="J29" s="8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="30" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A30" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="7" t="n">
+        <v>45968</v>
+      </c>
+      <c r="D30" s="7" t="n">
+        <v>46078</v>
+      </c>
+      <c r="E30" s="7" t="n">
+        <v>46698</v>
+      </c>
+      <c r="F30" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I30" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="J30" s="8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A31" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C31" s="7" t="n">
+        <v>45968</v>
+      </c>
+      <c r="D31" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="E31" s="7" t="n">
+        <v>46698</v>
+      </c>
+      <c r="F31" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="J31" s="8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="32" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A32" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32" s="7" t="n">
+        <v>45975</v>
+      </c>
+      <c r="D32" s="7" t="n">
+        <v>46339</v>
+      </c>
+      <c r="E32" s="7" t="n">
+        <v>46705</v>
+      </c>
+      <c r="F32" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I32" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="J32" s="8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="33" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A33" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C33" s="7" t="n">
+        <v>45980</v>
+      </c>
+      <c r="D33" s="7" t="n">
+        <v>46344</v>
+      </c>
+      <c r="E33" s="7" t="n">
+        <v>46710</v>
+      </c>
+      <c r="F33" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="J33" s="8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="34" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A34" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34" s="7" t="n">
+        <v>45996</v>
+      </c>
+      <c r="D34" s="7" t="n">
+        <v>46331</v>
+      </c>
+      <c r="E34" s="7" t="n">
+        <v>46726</v>
+      </c>
+      <c r="F34" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I34" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="J34" s="8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="36" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A36" s="0" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="37" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A37" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="7"/>
-[...71 lines deleted...]
-      <c r="B10" s="5" t="s">
+    </row>
+    <row r="38" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A38" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="C10" s="6">
-[...60 lines deleted...]
-      <c r="B12" s="5" t="s">
+    </row>
+    <row r="39" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A39" s="0" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="40" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A40" s="0" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="41" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A41" s="0" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="42" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A42" s="0" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="43" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A43" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="6">
-[...682 lines deleted...]
-    <row r="1048576" x14ac:dyDescent="0.3"/>
+    </row>
+    <row r="44" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="45" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="46" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="47" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="48" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="49" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="50" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="51" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="52" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="53" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="54" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="55" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="56" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="57" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="58" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="59" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="60" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="64" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="65" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="66" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="70" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="71" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="72" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="73" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="74" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="75" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="86" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="87" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="89" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="90" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="91" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="102" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="103" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="105" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="107" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048502" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048518" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048519" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048520" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048521" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048534" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048535" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048536" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048537" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048538" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048548" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048549" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048550" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048551" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048552" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048553" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048554" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048557" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048558" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048559" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048564" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048565" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048566" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048567" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048568" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048569" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048570" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048574" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048575" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
+    <row r="1048576" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
   </mergeCells>
-  <pageMargins left="0.51180555555555596" right="0.51180555555555596" top="0.78749999999999998" bottom="0.78749999999999998" header="0.511811023622047" footer="0.511811023622047"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.511805555555556" right="0.511805555555556" top="0.7875" bottom="0.7875" header="0.511811023622047" footer="0.511811023622047"/>
+  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Application>Microsoft Excel</Application>
-[...19 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>LibreOffice/25.2.7.2$Windows_X86_64 LibreOffice_project/5cbfd1ab6520636bb5f7b99185aa69bd7456825d</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>carlinhos</dc:creator>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:language>pt-BR</dc:language>
+  <cp:lastModifiedBy/>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-[...1 lines deleted...]
-  <dc:language>pt-BR</dc:language>
+  <dc:subject/>
+  <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="HyperlinksChanged">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LinksUpToDate">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ScaleCrop">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ShareDoc">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
 </Properties>
 </file>